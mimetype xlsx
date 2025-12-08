--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Neigung (40%-Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>slope (in 40% classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=40%</t>
   </si>
   <si>
     <t>41-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292008/473758</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (40%-Klassen)</t>
+      <t xml:space="preserve">slope (in 40% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1084</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 40%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Slope in classes of 40%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1064,233 +1064,233 @@
         <v>187.6</v>
       </c>
       <c r="K17" s="7">
         <v>2</v>
       </c>
       <c r="L17" s="7">
         <v>1290.8</v>
       </c>
       <c r="M17" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292008/473758</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (40%-Klassen)</t>
+            <t xml:space="preserve">slope (in 40% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1084</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>