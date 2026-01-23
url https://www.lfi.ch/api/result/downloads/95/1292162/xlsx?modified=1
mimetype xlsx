--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN3</t>
-[...5 lines deleted...]
-    <t>année d'afforestation (5 classes)</t>
+    <t>LFI3</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr der Aufforstung (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2004/07</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>avant 1851</t>
+    <t>vor 1851</t>
   </si>
   <si>
     <t>1851-1900</t>
   </si>
   <si>
     <t>1901-1950</t>
   </si>
   <si>
     <t>1951-2006</t>
   </si>
   <si>
-    <t>pas d'afforsestation ou inconnu</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>keine Aufforstung oder unbekannt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292162/473912</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">année d'afforestation (5 classes)</t>
+      <t xml:space="preserve">Jahr der Aufforstung (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1262</t>
     </r>
   </si>
   <si>
-    <t>Année au cours de laquelle la zone a été (re)boisée au cours des siècles précédents, en cinq classes (avant 1851, 1851-1900, 1901-1950, 1951-2006, pas d'afforestation/afforestation inconnue). Source: enquête auprès des services forestiers (MID 332: Année d'afforestation)</t>
+    <t>Jahr, in dem die Fläche in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in fünf Klassen (vor 1851, 1851-1900, 1901-1950, 1951-2006, keine Aufforstung/Aufforstung unbekannt). Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1149,233 +1149,233 @@
         <v>172.4</v>
       </c>
       <c r="K19" s="6">
         <v>2</v>
       </c>
       <c r="L19" s="6">
         <v>1237.5</v>
       </c>
       <c r="M19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292162/473912</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">année d'afforestation (5 classes)</t>
+            <t xml:space="preserve">Jahr der Aufforstung (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1262</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>