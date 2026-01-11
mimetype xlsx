--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>numero di specie arboree nello strato superiore · formazioni forestali NaiS (10 classi)</t>
+    <t>number of tree species in the upper layer · forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,320 +172,320 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>numero di specie arboree nello strato superiore</t>
+    <t>number of tree species in the upper layer</t>
   </si>
   <si>
-    <t>formazioni forestali NaiS (10 classi)</t>
+    <t>forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>faggete</t>
+    <t>beech forests</t>
   </si>
   <si>
-    <t>abieti-faggete</t>
+    <t>silver fir-beech forests</t>
   </si>
   <si>
-    <t>altri boschi di latifoglie</t>
+    <t>other boradleaved forests</t>
   </si>
   <si>
-    <t>boschi di abete bianco e abete rosso</t>
+    <t>silver fir-spruce forests</t>
   </si>
   <si>
-    <t>peccete</t>
+    <t>spruce forests</t>
   </si>
   <si>
-    <t>cembrete e lariceti</t>
+    <t>Arolla pine and larch forests</t>
   </si>
   <si>
-    <t>pinete</t>
+    <t>pine forests</t>
   </si>
   <si>
-    <t>boschi pionieri</t>
+    <t>pioneer forests</t>
   </si>
   <si>
-    <t>arbusteti*</t>
+    <t>shrub forests*</t>
   </si>
   <si>
-    <t>non bosco*</t>
+    <t>non-forest*</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 o più</t>
+    <t>6 or more</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292591/474341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
+      <t xml:space="preserve">number of tree species in the upper layer</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Numero di specie arboree e arbustive nello strato superiore del popolamento, in sei classi. Le informazioni si riferiscono al popolamento determinante nell'area di interpretazione (50 × 50 m) e prendono in considerazione solo le specie con una copertura di almeno il 5%. Fonte: rilievo sul terreno (MID 242: Baumart in der Oberschicht)</t>
+    <t>Number of tree and shrub species in the upper stand layer – in six classes. The information refers to the relevant stand on the interpretation area (50 × 50 m) and only takes into account species with a cover ≥5%. Reference: Field Survey (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
+    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -837,52 +837,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -16844,51 +16844,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ108" s="6">
         <v>7</v>
       </c>
       <c r="BA108" s="6">
         <v>1211.5</v>
       </c>
       <c r="BB108" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:54" customHeight="1" ht="21.75">
       <c r="A109" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292591/474341</t>
           </r>
         </is>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
@@ -16926,226 +16926,226 @@
       <c r="AR109" s="3"/>
       <c r="AS109" s="3"/>
       <c r="AT109" s="3"/>
       <c r="AU109" s="3"/>
       <c r="AV109" s="3"/>
       <c r="AW109" s="3"/>
       <c r="AX109" s="3"/>
       <c r="AY109" s="3"/>
       <c r="AZ109" s="3"/>
       <c r="BA109" s="3"/>
       <c r="BB109" s="3"/>
     </row>
     <row r="112" spans="1:54">
       <c r="A112" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="113" spans="1:54" customHeight="1" ht="29">
       <c r="A113" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:54">
       <c r="A115" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
+            <t xml:space="preserve">number of tree species in the upper layer</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="116" spans="1:54" customHeight="1" ht="29">
       <c r="A116" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:54">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="119" spans="1:54" customHeight="1" ht="29">
       <c r="A119" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:54">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:54" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="124" spans="1:54">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:54" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="127" spans="1:54">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:54" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>