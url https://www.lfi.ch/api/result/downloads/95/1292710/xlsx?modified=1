--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -17,353 +17,353 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
-[...2 lines deleted...]
-    <t>nombre d'essences dans la strate supérieure</t>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>numero di specie arboree nello strato superiore</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 ou plus</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>6 o più</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292710/474460</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre d'essences dans la strate supérieure</t>
+      <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Nombre d'espèces d'arbres et d'arbustes dans la strate supérieure du peuplement, en six classes. L'indication se réfère au peuplement déterminant sur la surface d'interprétation (50 × 50 m) et ne prend en compte que les espèces ayant un taux de recouvrement d'au moins 5%. Source: relevé de terrain (MID 242: Baumart in der Oberschicht)</t>
+    <t>Numero di specie arboree e arbustive nello strato superiore del popolamento, in sei classi. Le informazioni si riferiscono al popolamento determinante nell'area di interpretazione (50 × 50 m) e prendono in considerazione solo le specie con una copertura di almeno il 5%. Fonte: rilievo sul terreno (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292710/474460</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre d'essences dans la strate supérieure</t>
+            <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>