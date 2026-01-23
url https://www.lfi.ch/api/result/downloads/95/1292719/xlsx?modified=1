--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of tree species in the upper layer</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>numero di specie arboree nello strato superiore</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 or more</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>6 o più</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292719/474469</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of tree species in the upper layer</t>
+      <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species in the upper stand layer – in six classes. The information refers to the relevant stand on the interpretation area (50 × 50 m) and only takes into account species with a cover ≥5%. Reference: Field Survey (MID 242: Baumart in der Oberschicht)</t>
+    <t>Numero di specie arboree e arbustive nello strato superiore del popolamento, in sei classi. Le informazioni si riferiscono al popolamento determinante nell'area di interpretazione (50 × 50 m) e prendono in considerazione solo le specie con una copertura di almeno il 5%. Fonte: rilievo sul terreno (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292719/474469</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of tree species in the upper layer</t>
+            <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>