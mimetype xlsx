--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of tree species in the upper layer</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>numero di specie arboree nello strato superiore</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 or more</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>6 o più</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292720/474470</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of tree species in the upper layer</t>
+      <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species in the upper stand layer – in six classes. The information refers to the relevant stand on the interpretation area (50 × 50 m) and only takes into account species with a cover ≥5%. Reference: Field Survey (MID 242: Baumart in der Oberschicht)</t>
+    <t>Numero di specie arboree e arbustive nello strato superiore del popolamento, in sei classi. Le informazioni si riferiscono al popolamento determinante nell'area di interpretazione (50 × 50 m) e prendono in considerazione solo le specie con una copertura di almeno il 5%. Fonte: rilievo sul terreno (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292720/474470</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of tree species in the upper layer</t>
+            <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>