--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>numero di specie arboree nello strato superiore</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Anzahl Baumarten in der Oberschicht</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 o più</t>
-[...2 lines deleted...]
-    <t>totale</t>
+    <t>6 und mehr</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292720/474470</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
+      <t xml:space="preserve">Anzahl Baumarten in der Oberschicht</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Numero di specie arboree e arbustive nello strato superiore del popolamento, in sei classi. Le informazioni si riferiscono al popolamento determinante nell'area di interpretazione (50 × 50 m) e prendono in considerazione solo le specie con una copertura di almeno il 5%. Fonte: rilievo sul terreno (MID 242: Baumart in der Oberschicht)</t>
+    <t>Anzahl Baum- und Straucharten in der Bestandesoberschicht in sechs Klassen. Die Angabe bezieht sich auf den massgebenden Bestand auf der Interpretationsfläche (50 × 50 m) und berücksichtigt nur Arten mit einem Deckungsgrad von mindestens 5%. Grundlage: Feldaufnahme (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292720/474470</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di specie arboree nello strato superiore</t>
+            <t xml:space="preserve">Anzahl Baumarten in der Oberschicht</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>