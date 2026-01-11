--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>forest type (3 classes) · ownership (7 types)</t>
+    <t>Waldtyp (3 Klassen) · Eigentum (7 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,299 +172,299 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>forest type (3 classes)</t>
+    <t>Waldtyp (3 Klassen)</t>
   </si>
   <si>
-    <t>ownership (7 types)</t>
+    <t>Eigentum (7 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>confederation</t>
+    <t>Bund</t>
   </si>
   <si>
-    <t>political community</t>
+    <t>politische Gemeinde</t>
   </si>
   <si>
-    <t>community of citizens</t>
+    <t>Bürgergemeinde</t>
   </si>
   <si>
-    <t>corporation</t>
+    <t>Korporation</t>
   </si>
   <si>
-    <t>individual ownership</t>
+    <t>Einzeleigentum</t>
   </si>
   <si>
-    <t>association</t>
+    <t>Gesellschaft</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>inaccessible forest without shrub forest</t>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1293497/475247</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (7 types)</t>
+      <t xml:space="preserve">Eigentum (7 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #84</t>
     </r>
   </si>
   <si>
-    <t>Ownership of the forest, categorised according to the 7 types 'federal government', 'canton', 'municipality', 'citizens' community', 'corporation', 'individual private ownership' and 'company'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der 7 Klassen «Bund», «Kanton», «politische Gemeinde», «Bürgergemeinde», «Korporation», «Einzeleigentum» und «Gesellschaft». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -816,52 +816,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -8555,51 +8555,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ57" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA57" s="6">
         <v>100.0</v>
       </c>
       <c r="BB57" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1293497/475247</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
@@ -8637,226 +8637,226 @@
       <c r="AR58" s="3"/>
       <c r="AS58" s="3"/>
       <c r="AT58" s="3"/>
       <c r="AU58" s="3"/>
       <c r="AV58" s="3"/>
       <c r="AW58" s="3"/>
       <c r="AX58" s="3"/>
       <c r="AY58" s="3"/>
       <c r="AZ58" s="3"/>
       <c r="BA58" s="3"/>
       <c r="BB58" s="3"/>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="67" spans="1:54">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (7 types)</t>
+            <t xml:space="preserve">Eigentum (7 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #84</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:54" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="70" spans="1:54">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:54" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="73" spans="1:54">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:54" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>