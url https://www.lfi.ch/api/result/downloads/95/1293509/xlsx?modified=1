--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · fertilità della stazione</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Standortgüte</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>fertilità della stazione</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Standortgüte</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>scarsa</t>
-[...20 lines deleted...]
-    <t>arbusteti</t>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mässig </t>
+  </si>
+  <si>
+    <t>gut</t>
+  </si>
+  <si>
+    <t>sehr gut</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1293509/475259</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fertilità della stazione</t>
+      <t xml:space="preserve">Standortgüte</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
+    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3952,51 +3952,51 @@
         <v>100.0</v>
       </c>
       <c r="AD42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE42" s="6">
         <v>100.0</v>
       </c>
       <c r="AF42" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1293509/475259</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
@@ -4012,226 +4012,226 @@
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="3"/>
       <c r="Z43" s="3"/>
       <c r="AA43" s="3"/>
       <c r="AB43" s="3"/>
       <c r="AC43" s="3"/>
       <c r="AD43" s="3"/>
       <c r="AE43" s="3"/>
       <c r="AF43" s="3"/>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fertilità della stazione</t>
+            <t xml:space="preserve">Standortgüte</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>