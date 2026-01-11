--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>bosco esclusi gli arbusteti, arbusteto · proprietà (7 classi)</t>
+    <t>forest without shrub forest - shrub forest · ownership (7 types)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>bosco esclusi gli arbusteti, arbusteto</t>
+    <t>forest without shrub forest - shrub forest</t>
   </si>
   <si>
-    <t>proprietà (7 classi)</t>
+    <t>ownership (7 types)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Confederazione</t>
+    <t>confederation</t>
   </si>
   <si>
-    <t>comune</t>
+    <t>political community</t>
   </si>
   <si>
-    <t>patriziato</t>
+    <t>community of citizens</t>
   </si>
   <si>
-    <t>corporazione</t>
+    <t>corporation</t>
   </si>
   <si>
-    <t>proprietà individuale</t>
+    <t>individual ownership</t>
   </si>
   <si>
-    <t>società</t>
+    <t>association</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bosco senza arbusteto</t>
+    <t>forest without shrub forest</t>
   </si>
   <si>
-    <t>arbusteto</t>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1294324/476074</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (7 classi)</t>
+      <t xml:space="preserve">ownership (7 types)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #84</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le 7 classi «confederazione», «cantone», «comune politico», «patriziato», «corporazione», «proprietà individuale» e «società». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Ownership of the forest, categorised according to the 7 types 'federal government', 'canton', 'municipality', 'citizens' community', 'corporation', 'individual private ownership' and 'company'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -7092,51 +7092,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ48" s="6">
         <v>7</v>
       </c>
       <c r="BA48" s="6">
         <v>1290.8</v>
       </c>
       <c r="BB48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1294324/476074</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -7174,226 +7174,226 @@
       <c r="AR49" s="3"/>
       <c r="AS49" s="3"/>
       <c r="AT49" s="3"/>
       <c r="AU49" s="3"/>
       <c r="AV49" s="3"/>
       <c r="AW49" s="3"/>
       <c r="AX49" s="3"/>
       <c r="AY49" s="3"/>
       <c r="AZ49" s="3"/>
       <c r="BA49" s="3"/>
       <c r="BB49" s="3"/>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:54">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (7 classi)</t>
+            <t xml:space="preserve">ownership (7 types)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #84</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:54" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="67" spans="1:54">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:54" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>