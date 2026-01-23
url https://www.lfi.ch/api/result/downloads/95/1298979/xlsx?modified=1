--- v0 (2025-10-26)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022) · Hauptbaumart</t>
+    <t>protection forest against avalanches (2022) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,317 +172,317 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022)</t>
+    <t>protection forest against avalanches (2022)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>innerhalb</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>ausserhalb</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1298979/480729</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -834,52 +834,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -11001,51 +11001,51 @@
         <v>26.9</v>
       </c>
       <c r="AZ72" s="6">
         <v>5</v>
       </c>
       <c r="BA72" s="6">
         <v>32.4</v>
       </c>
       <c r="BB72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1298979/480729</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -11083,226 +11083,226 @@
       <c r="AR73" s="3"/>
       <c r="AS73" s="3"/>
       <c r="AT73" s="3"/>
       <c r="AU73" s="3"/>
       <c r="AV73" s="3"/>
       <c r="AW73" s="3"/>
       <c r="AX73" s="3"/>
       <c r="AY73" s="3"/>
       <c r="AZ73" s="3"/>
       <c r="BA73" s="3"/>
       <c r="BB73" s="3"/>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:54">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:54" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="82" spans="1:54">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:54" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:54">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:54" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="88" spans="1:54">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:54" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:54">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:54" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>