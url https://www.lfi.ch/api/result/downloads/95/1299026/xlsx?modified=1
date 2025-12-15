--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des avalanches (2022) · essence principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région biogéographique</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...17 lines deleted...]
-    <t>essence principale</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...35 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1299026/480776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les avalanches délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>29.9</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>31.1</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1299026/480776</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>