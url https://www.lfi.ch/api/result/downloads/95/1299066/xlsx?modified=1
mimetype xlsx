--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des avalanches (2022) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...14 lines deleted...]
-    <t>main tree species</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des avalanches (2022)</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...35 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
-[...2 lines deleted...]
-    <t>outside</t>
+    <t>à l'intérieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1299066/480816</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les avalanches délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3461,268 +3461,268 @@
         <v>29.3</v>
       </c>
       <c r="L72" s="6">
         <v>4</v>
       </c>
       <c r="M72" s="6">
         <v>30.7</v>
       </c>
       <c r="N72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1299066/480816</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>