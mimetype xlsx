--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des chutes de pierres ou de blocs (2022) · étages de végétation NaiS (6 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...14 lines deleted...]
-    <t>étages de végétation NaiS (6 classes)</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...14 lines deleted...]
-    <t>hyperinsubrique et collinéen</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1299077/480827</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les chutes de pierres ou de blocs délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2264,268 +2264,268 @@
         <v>30.2</v>
       </c>
       <c r="L44" s="6">
         <v>4</v>
       </c>
       <c r="M44" s="6">
         <v>31.1</v>
       </c>
       <c r="N44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1299077/480827</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>