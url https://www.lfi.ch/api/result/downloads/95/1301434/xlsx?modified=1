--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>timber assortment classes (HG 2010) · conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume del legno di fusto commerciabile (HG 2010)</t>
+  </si>
+  <si>
+    <t>classi di assortimento (HG 2010) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>classi di assortimento (HG 2010)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...20 lines deleted...]
-    <t>classes 5 and 6</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>legname di piccole dimensioni</t>
+  </si>
+  <si>
+    <t>classi 1 e 2</t>
+  </si>
+  <si>
+    <t>classi 3 e 4</t>
+  </si>
+  <si>
+    <t>classi 5 e 6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301434/483184</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+      <t xml:space="preserve">volume del legno di fusto commerciabile (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU), determinato attraverso le funzioni delle forme del fusto secondo Kaufmann (2001). Gli assortimenti sono stati definiti secondo l'edizione del 2010 degli usi svizzeri del commercio di legname grezzo (HG2010).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+      <t xml:space="preserve">classi di assortimento (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1788</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into four diameter classes on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Classes 1 and 2, 3 and 4, as well as 5 and 6 of the HG 2010 are each combined into one class.</t>
+    <t>Assortimento per diametro del legname tondo in quattro classi in base alle pratiche commerciali svizzere, edizioni 2010 e 2021 (HG 2010). Le classi 1 e 2, 3 e 4 rispettivamente 5 e 6 della HG 2010 sono rappruppate ognuna in una sola classe.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2181,268 +2181,268 @@
         <v>100.0</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="6">
         <v>100.0</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301434/483184</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+            <t xml:space="preserve">volume del legno di fusto commerciabile (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:14" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+            <t xml:space="preserve">classi di assortimento (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1788</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:14" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>