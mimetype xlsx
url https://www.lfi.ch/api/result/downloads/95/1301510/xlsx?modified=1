--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Sortimentierungsklassen (HG 2010) · Nadelholz, Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>volume of bolewood (HG 2010)</t>
+  </si>
+  <si>
+    <t>timber assortment classes (HG 2010) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>timber assortment classes (HG 2010)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...20 lines deleted...]
-    <t>Klassen 5 und 6</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>smallwood</t>
+  </si>
+  <si>
+    <t>classes 1 and 2</t>
+  </si>
+  <si>
+    <t>classes 3 and 4</t>
+  </si>
+  <si>
+    <t>classes 5 and 6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301510/483260</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
+      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), ermittelt mit den Schaftform-Funktionen gemäss Kaufmann (2001). Die Definition der Sortimente erfolgte nach den Handelsgebräuchen Ausgabe 2010.</t>
+    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Sortimentierungsklassen (HG 2010)</t>
+      <t xml:space="preserve">timber assortment classes (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1788</t>
     </r>
   </si>
   <si>
-    <t>Durchmessersortierung des Rundholzes in vier Klassen anhand der Schweizer Handelsgebräuche für Rohholz, Ausgaben 2010 und 2021 (HG 2010). Dabei werden die Klassen 1 und 2, 3 und 4 sowie 5 und 6 der HG 2010 je zu einer Klasse zusammengefasst.</t>
+    <t>Sorting of roundwood into four diameter classes on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Classes 1 and 2, 3 and 4, as well as 5 and 6 of the HG 2010 are each combined into one class.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3954,51 +3954,51 @@
         <v>34862</v>
       </c>
       <c r="AD42" s="6">
         <v>4</v>
       </c>
       <c r="AE42" s="6">
         <v>364041</v>
       </c>
       <c r="AF42" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301510/483260</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
@@ -4014,226 +4014,226 @@
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="3"/>
       <c r="Z43" s="3"/>
       <c r="AA43" s="3"/>
       <c r="AB43" s="3"/>
       <c r="AC43" s="3"/>
       <c r="AD43" s="3"/>
       <c r="AE43" s="3"/>
       <c r="AF43" s="3"/>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
+            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Sortimentierungsklassen (HG 2010)</t>
+            <t xml:space="preserve">timber assortment classes (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1788</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>