--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,395 +14,395 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>geomorphologische Objekte</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>geomorphological object</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Objekte</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>no objects</t>
+  </si>
+  <si>
+    <t>scree</t>
+  </si>
+  <si>
+    <t>block debris</t>
+  </si>
+  <si>
+    <t>boulder</t>
+  </si>
+  <si>
+    <t>rock</t>
+  </si>
+  <si>
+    <t>limestone pavement</t>
+  </si>
+  <si>
+    <t>dolina</t>
+  </si>
+  <si>
+    <t>tuff</t>
+  </si>
+  <si>
+    <t>pit</t>
+  </si>
+  <si>
+    <t>gully</t>
+  </si>
+  <si>
+    <t>channel</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301655/483405</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">geomorphologische Objekte</t>
+      <t xml:space="preserve">geomorphological object</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #601</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit geomorphologischen Objekten (z.B. Felsbändern, Geröll, Karren, Rinnen) auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Objektes. Grundlage: Feldaufnahme (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
+    <t>Sample plots without/with geomorphological objects (e.g. bands of rock, boulders, limestone pavements or gullies) on the interpretation area (50 × 50 m), classified according to the type of the largest object. Reference: Field Survey (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2268,51 +2268,51 @@
         <v>100.0</v>
       </c>
       <c r="AC25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD25" s="6">
         <v>100.0</v>
       </c>
       <c r="AE25" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301655/483405</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -2328,191 +2328,191 @@
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">geomorphologische Objekte</t>
+            <t xml:space="preserve">geomorphological object</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #601</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>