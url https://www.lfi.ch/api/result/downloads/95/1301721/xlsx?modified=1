--- v0 (2026-01-23)
+++ v1 (2026-01-25)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>tracce di smottamenti</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>traces of landslides</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presenti</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301721/483471</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tracce di smottamenti</t>
+      <t xml:space="preserve">traces of landslides</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1636</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con/senza tracce di smottamenti (ad es. rigonfiamenti o crepe nel terreno, alberi inclinati verso monte) su almeno 100 m² dell'area di interpretazione (50 × 50 m). Fonte: rilievo sul terreno (MID 193: Rutschung)</t>
+    <t>Sample plots with/without traces of landslides (e.g. a toe or crack, and trees leaning uphill) on at least 100 m² of the interpretation area (50 × 50 m). Reference: Field Survey (MID 193: Rutschung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301721/483471</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tracce di smottamenti</t>
+            <t xml:space="preserve">traces of landslides</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>