--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (17 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>forest type (17 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>1000 Stk.</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...50 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>temporarily unstocked forest area</t>
+  </si>
+  <si>
+    <t>aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>young growth/ thicket</t>
+  </si>
+  <si>
+    <t>poletimber</t>
+  </si>
+  <si>
+    <t>young timber</t>
+  </si>
+  <si>
+    <t>medium timber</t>
+  </si>
+  <si>
+    <t>old timber</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302576/484326</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+      <t xml:space="preserve">forest type (17 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,62 +745,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1677,233 +1677,233 @@
         <v>59893</v>
       </c>
       <c r="K31" s="6">
         <v>5</v>
       </c>
       <c r="L31" s="6">
         <v>432892</v>
       </c>
       <c r="M31" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302576/484326</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+            <t xml:space="preserve">forest type (17 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>