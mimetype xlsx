--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (17 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>tipo di bosco (17 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...20 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>superficie forestale temporaneamente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>novelleto/spessina</t>
+  </si>
+  <si>
+    <t>perticaia</t>
+  </si>
+  <si>
+    <t>fustaia giovane</t>
+  </si>
+  <si>
+    <t>fustaia adulta</t>
+  </si>
+  <si>
+    <t>fustaia matura</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302576/484326</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">tipo di bosco (17 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1677,233 +1677,233 @@
         <v>59893</v>
       </c>
       <c r="K31" s="6">
         <v>5</v>
       </c>
       <c r="L31" s="6">
         <v>432892</v>
       </c>
       <c r="M31" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302576/484326</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">tipo di bosco (17 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>