--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -14,413 +14,413 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (17 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>tipo di bosco (17 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>superficie forestale temporaneamente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>novelleto/spessina</t>
+  </si>
+  <si>
+    <t>perticaia</t>
+  </si>
+  <si>
+    <t>fustaia giovane</t>
+  </si>
+  <si>
+    <t>fustaia adulta</t>
+  </si>
+  <si>
+    <t>fustaia matura</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1302760/484510</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">tipo di bosco (17 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -2856,51 +2856,51 @@
         <v>496</v>
       </c>
       <c r="AC31" s="6">
         <v>4</v>
       </c>
       <c r="AD31" s="6">
         <v>412</v>
       </c>
       <c r="AE31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1302760/484510</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -2916,191 +2916,191 @@
       <c r="U32" s="3"/>
       <c r="V32" s="3"/>
       <c r="W32" s="3"/>
       <c r="X32" s="3"/>
       <c r="Y32" s="3"/>
       <c r="Z32" s="3"/>
       <c r="AA32" s="3"/>
       <c r="AB32" s="3"/>
       <c r="AC32" s="3"/>
       <c r="AD32" s="3"/>
       <c r="AE32" s="3"/>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">tipo di bosco (17 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:31">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:31" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:31">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:31" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>