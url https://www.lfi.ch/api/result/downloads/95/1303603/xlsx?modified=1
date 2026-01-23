--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>introduced tree species (tree neophytes; 8 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>specie arborea introdotta (neofite arboree; 8 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Austrian pine</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>pino nero</t>
+  </si>
+  <si>
+    <t>pino strobo</t>
+  </si>
+  <si>
+    <t>abete di Douglas</t>
+  </si>
+  <si>
+    <t>quercia rossa</t>
+  </si>
+  <si>
+    <t>pioppi introdotti</t>
+  </si>
+  <si>
+    <t>robinia</t>
+  </si>
+  <si>
+    <t>altre specie arboree introdotte</t>
+  </si>
+  <si>
+    <t>altre (specie arboree indigene, tutte le specie arbustive)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1303603/485353</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">introduced tree species (tree neophytes; 8 classes)</t>
+      <t xml:space="preserve">specie arborea introdotta (neofite arboree; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2630</t>
     </r>
   </si>
   <si>
-    <t>Introduced tree species ≥12 cm in diameter at breast height (dbh), recorded in all the Inventories, classified into the eight classes: Austrian pine (Pinus nigra), Weymouth pine (Pinus strobus), Douglas fir (Pseudotsuga menziesii), red oak (Quercus robur), non-native poplars (Populus [other introduced]), black locust (Robinia pseudoacacia), other introduced tree species (including sequoia, redwood, thuja, cedar, tree-of-heaven, horse-chestnut, tulip-tree). The remaining woody species (native tree species and all shrub species) are summarised in one class.</t>
+    <t>Specie arboree introdotte a partire da 12 cm di diametro a petto d'uomo (DPU), rilevate in tutti gli inventari, in otto classi: pino nero (Pinus nigra), strobo (Pinus strobus), douglasia (Pseudotsuga menziesii), quercia rossa (Quercus robur), pioppi non autoctoni (Populus [other introduced]), robinia (Robinia pseudoacacia), altre specie arboree introdotte (tra cui sequoia, thuja, cedro, ailanto, ippocastano, liriodendro). Le restanti specie legnose (specie arboree autoctone e tutte le specie arbustive) sono raggruppate in una classe. Fonte: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1281,233 +1281,233 @@
         <v>70366</v>
       </c>
       <c r="K22" s="6">
         <v>4</v>
       </c>
       <c r="L22" s="6">
         <v>476187</v>
       </c>
       <c r="M22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1303603/485353</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">introduced tree species (tree neophytes; 8 classes)</t>
+            <t xml:space="preserve">specie arborea introdotta (neofite arboree; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2630</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>