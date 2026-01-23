--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves · higher/lower altitude zone</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz · Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...14 lines deleted...]
-    <t>indeterminable</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304268/486018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1753,268 +1753,268 @@
         <v>30.2</v>
       </c>
       <c r="L32" s="6">
         <v>4</v>
       </c>
       <c r="M32" s="6">
         <v>31.1</v>
       </c>
       <c r="N32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304268/486018</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>