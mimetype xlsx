--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz · Hochlagen/Tieflagen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie · alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...26 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...14 lines deleted...]
-    <t>nicht bestimmbar</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304268/486018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1753,268 +1753,268 @@
         <v>30.2</v>
       </c>
       <c r="L32" s="6">
         <v>4</v>
       </c>
       <c r="M32" s="6">
         <v>31.1</v>
       </c>
       <c r="N32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304268/486018</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>