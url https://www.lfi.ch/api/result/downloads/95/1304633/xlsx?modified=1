--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304633/486383</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>30.2</v>
       </c>
       <c r="M20" s="6">
         <v>4</v>
       </c>
       <c r="N20" s="6">
         <v>31.1</v>
       </c>
       <c r="O20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304633/486383</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>