--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Brusthöhendurchmesser (10 Klassen) · Nadelholz, Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>diameter at breast height (10 classes) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>diameter at breast height (10 classes)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304746/486496</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3848,270 +3848,270 @@
         <v>29.0</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>30.7</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304746/486496</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>