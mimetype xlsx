--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>n/ha</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1305904/487654</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems NFI1</t>
+      <t xml:space="preserve">Gesamtstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #243</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable. The total number of stems NFI1 is the sum of the number of stems and the number of deadwood stems NFI1.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war. Die Gesamtstammzahl LFI1 ist die Summe von Stammzahl und Totholzstammzahl LFI1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,102 +760,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -1837,51 +1837,51 @@
         <v>437</v>
       </c>
       <c r="AY16" s="6">
         <v>4</v>
       </c>
       <c r="AZ16" s="6">
         <v>462</v>
       </c>
       <c r="BA16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1305904/487654</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems NFI1</t>
+            <t xml:space="preserve">Gesamtstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #243</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>