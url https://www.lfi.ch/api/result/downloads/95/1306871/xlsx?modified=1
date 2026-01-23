--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,456 +14,456 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>nombre de tiges de la jeune forêt avec abroutissement divisé par nombre de tiges de la jeune forêt avec relevé de l'abroutiss.</t>
+    <t>number of stems of young forest plants with browsing damage divided by number of stems of young forest plants assessed for browsing</t>
   </si>
   <si>
-    <t>essence principale de la jeune forêt (comptage) · classe de grandeur (jeune forêt; 5 classes)</t>
+    <t>main tree species in young forest (counting) · size classe (young forest; 5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de cellules</t>
+      <t xml:space="preserve">: %, cell total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante, apte au boisement</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>région de forêt protectrice</t>
+    <t>protection forest region</t>
   </si>
   <si>
-    <t>Plateau/Jura</t>
+    <t>Jura + Plateau</t>
   </si>
   <si>
-    <t>Nord des Alpes ouest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Nord des Alpes est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Sud-ouest des Alpes</t>
+    <t xml:space="preserve">Southwestern Alps </t>
   </si>
   <si>
-    <t>Sud-est des Alpes</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud des Alpes</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>essence principale de la jeune forêt (comptage)</t>
+    <t>main tree species in young forest (counting)</t>
   </si>
   <si>
-    <t>classe de grandeur (jeune forêt; 5 classes)</t>
+    <t>size classe (young forest; 5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>hauteur 10-39 cm</t>
+    <t>height 10-39 cm</t>
   </si>
   <si>
-    <t>hauteur 40-129 cm</t>
+    <t>height 40-129 cm</t>
   </si>
   <si>
-    <t>DHP 0-3.9 cm</t>
+    <t>DBH 0-3.9 cm</t>
   </si>
   <si>
-    <t>DHP 4-7.9 cm</t>
+    <t>DBH 4-7.9 cm</t>
   </si>
   <si>
-    <t>DHP 8-11.9 cm</t>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>épicéa</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>sapin</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pin</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>mélèze</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>arole</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>hêtre</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>érable</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frêne</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>chêne</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>châtaignier</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>autres feuillus</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>espèces non relevées dans tous les inventaires</t>
+    <t>species not assessed in all inventories</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306871/488621</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de la jeune forêt avec abroutissement</t>
+      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Nombre de résineux et de feuillus d'une hauteur de 10 à 129 cm chez lesquels l'abroutissement de la pousse de l'année précédente a été constaté. En raison d'une approche différente des traces d'abroutissement, l'intensité de l'abroutissement a été surestimée dans l'IFN2 par rapport à la méthode utilisée à partir de l'IFN4. Ainsi, les comparaisons avec l'IFN2 ne permettent de constater avec certitude que des augmentations de l'intensité de l'abroutissement. Pour que l'estimation soit fiable, il faudrait que l'abroutissement ait été évalué chez au moins 30 individus par valeur estimée (cellule du tableau). C'est pourquoi il convient de consulter également les tableaux correspondants avec la variable cible «nombre d'arbres avec relevé de l'abroutissement (sans extrapolation)».</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de la jeune forêt avec relevé de l'abroutiss.</t>
+      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Nombre de résineux et de feuillus d'une hauteur de 10 à 129 cm chez lesquels l'abroutissement de la pousse de l'année précédente a été relevé. En raison d'une approche différente des traces d'abroutissement, l'intensité de l'abroutissement a été surestimée dans l'IFN2 par rapport à la méthode utilisée à partir de l'IFN4. Ainsi, les comparaisons avec l'IFN2 ne permettent de constater avec certitude que des augmentations de l'intensité de l'abroutissement. Pour que l'estimation soit fiable, il faudrait que l'abroutissement ait été évalué chez au moins 30 individus par valeur estimée (cellule du tableau). C'est pourquoi il convient de consulter également les tableaux correspondants avec la variable cible «nombre d'arbres avec relevé de l'abroutissement (sans extrapolation)».</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale de la jeune forêt (comptage)</t>
+      <t xml:space="preserve">main tree species in young forest (counting)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Espèce des plantes de la jeune forêt de 10 cm de hauteur à 11,9 cm de diamètre à hauteur de poitrine (DHP), en classes individuelles pour les dix principales espèces ou groupes d'espèces de Suisse («essences principales») et en classes «autres résineux», «autres feuillus» et «espèces non relevées dans tous les inventaires». Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">classe de grandeur (jeune forêt; 5 classes)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Taille des plantes de la jeune forêt de 10 cm de hauteur à 11,9 cm de diamètre à hauteur de poitrine (DHP) en cinq classes (deux classes de hauteur et trois classes de DHP). Source: relevé de terrain (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante, apte au boisement</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Proportion apte au boisement de la forêt accessible sans la forêt buissonnante (c'est-à-dire forêt accessible sans la forêt buissonnante sans la surface des routes forestières, d'infrastructures de loisirs, de cours d'eau, de coulées d'avalanches, etc.).</t>
+    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -815,52 +815,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6058,305 +6058,305 @@
         <v>31.2</v>
       </c>
       <c r="N117" s="6">
         <v>3.9</v>
       </c>
       <c r="O117" s="6">
         <v>14.7</v>
       </c>
       <c r="P117" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306871/488621</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de la jeune forêt avec abroutissement</t>
+            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de la jeune forêt avec relevé de l'abroutiss.</t>
+            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale de la jeune forêt (comptage)</t>
+            <t xml:space="preserve">main tree species in young forest (counting)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">classe de grandeur (jeune forêt; 5 classes)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante, apte au boisement</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>