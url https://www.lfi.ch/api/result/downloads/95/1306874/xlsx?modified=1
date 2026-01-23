--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,453 +14,453 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems of young forest plants with browsing damage divided by number of stems of young forest plants assessed for browsing</t>
+    <t>numero di fusti del bosco giovane con brucatura diviso per numero di fusti del bosco giovane con rilievo della brucatura</t>
   </si>
   <si>
-    <t>main tree species in young forest (counting) · size classe (young forest; 5 classes)</t>
+    <t>specie arborea principale del bosco giovane (conteggio) · classe di dimensione (bosco giovane; 5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>main tree species in young forest (counting)</t>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
-    <t>size classe (young forest; 5 classes)</t>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>height 10-39 cm</t>
+    <t>altezza 10-39 cm</t>
   </si>
   <si>
-    <t>height 40-129 cm</t>
+    <t>altezza 40-129 cm</t>
   </si>
   <si>
-    <t>DBH 0-3.9 cm</t>
+    <t>DPU 0-3.9 cm</t>
   </si>
   <si>
-    <t>DBH 4-7.9 cm</t>
+    <t>DPU 4-7.9 cm</t>
   </si>
   <si>
-    <t>DBH 8-11.9 cm</t>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>species not assessed in all inventories</t>
+    <t>specie non rilevate in tutti gli inventari</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306874/488624</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species in young forest (counting)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -812,52 +812,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -5411,303 +5411,303 @@
         <v>31.2</v>
       </c>
       <c r="L117" s="6">
         <v>3.9</v>
       </c>
       <c r="M117" s="6">
         <v>14.7</v>
       </c>
       <c r="N117" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="118" spans="1:14" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306874/488624</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:14" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:14" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species in young forest (counting)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:14" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:14" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:14" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>