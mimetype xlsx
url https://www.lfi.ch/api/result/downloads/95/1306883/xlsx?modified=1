--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,456 +14,456 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
+    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
   </si>
   <si>
-    <t>quota (classi di 200 m) · causa dei danni agli alberi (10 classi)</t>
+    <t>altitude (in 200 m classes) · cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione biogeografica</t>
+    <t>biogeographical region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Versante nord delle Alpi</t>
+    <t>Northern Alps</t>
   </si>
   <si>
-    <t>Alpi centrali occidentali</t>
+    <t>Western Central-Alps</t>
   </si>
   <si>
-    <t>Alpi centrali orientali</t>
+    <t>Eastern Central-Alps</t>
   </si>
   <si>
-    <t>Versante sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>quota (classi di 200 m)</t>
+    <t>altitude (in 200 m classes)</t>
   </si>
   <si>
-    <t>causa dei danni agli alberi (10 classi)</t>
+    <t>cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>fuoco</t>
+    <t>fire</t>
   </si>
   <si>
-    <t>caduta massi</t>
+    <t>rockfall</t>
   </si>
   <si>
-    <t>diverse cause</t>
+    <t>various</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>raccolta del legname</t>
+    <t>wood harvest</t>
   </si>
   <si>
-    <t>altra attività umana</t>
+    <t>other human activity</t>
   </si>
   <si>
-    <t>intemperie</t>
+    <t>weather</t>
   </si>
   <si>
-    <t>alberi vivi a terra</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>alberi morti</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306883/488633</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 200 m)</t>
+      <t xml:space="preserve">altitude (in 200 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
+    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
+      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -818,52 +818,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6771,305 +6771,305 @@
         <v>21</v>
       </c>
       <c r="N132" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O132" s="7" t="s">
         <v>21</v>
       </c>
       <c r="P132" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306883/488633</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3"/>
       <c r="P133" s="3"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 200 m)</t>
+            <t xml:space="preserve">altitude (in 200 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
+            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>