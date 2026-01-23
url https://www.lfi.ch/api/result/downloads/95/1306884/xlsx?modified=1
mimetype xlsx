--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages divided by total number of stems</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes) · cause of damage to trees (10 classes)</t>
+    <t>quota (classi di 200 m) · causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,355 +172,355 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes)</t>
+    <t>quota (classi di 200 m)</t>
   </si>
   <si>
-    <t>cause of damage to trees (10 classes)</t>
+    <t>causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>fire</t>
+    <t>fuoco</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>caduta massi</t>
   </si>
   <si>
-    <t>various</t>
+    <t>diverse cause</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>raccolta del legname</t>
   </si>
   <si>
-    <t>other human activity</t>
+    <t>altra attività umana</t>
   </si>
   <si>
-    <t>weather</t>
+    <t>intemperie</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306884/488634</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -875,52 +875,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -20774,51 +20774,51 @@
         <v>40</v>
       </c>
       <c r="AZ132" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA132" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BB132" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:54" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306884/488634</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -20856,261 +20856,261 @@
       <c r="AR133" s="3"/>
       <c r="AS133" s="3"/>
       <c r="AT133" s="3"/>
       <c r="AU133" s="3"/>
       <c r="AV133" s="3"/>
       <c r="AW133" s="3"/>
       <c r="AX133" s="3"/>
       <c r="AY133" s="3"/>
       <c r="AZ133" s="3"/>
       <c r="BA133" s="3"/>
       <c r="BB133" s="3"/>
     </row>
     <row r="136" spans="1:54">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:54" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="139" spans="1:54">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:54" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="142" spans="1:54">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:54" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="145" spans="1:54">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:54" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="148" spans="1:54">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:54" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="151" spans="1:54">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:54" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="154" spans="1:54">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:54" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>