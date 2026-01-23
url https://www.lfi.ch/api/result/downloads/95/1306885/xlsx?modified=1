--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,480 +14,480 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden geteilt durch Gesamtstammzahl</t>
+    <t>numero totale di fusti con danni (due danni principali) diviso per numero totale di fusti</t>
   </si>
   <si>
-    <t>Höhenlage (200-m-Klassen) · Ursache von Baumschäden (10 Klassen)</t>
+    <t>quota (classi di 200 m) · causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Höhenlage (200-m-Klassen)</t>
+    <t>quota (classi di 200 m)</t>
   </si>
   <si>
-    <t>Ursache von Baumschäden (10 Klassen)</t>
+    <t>causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein sichtbarer Schaden</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>Feuer</t>
+    <t>fuoco</t>
   </si>
   <si>
-    <t>Steinschlag</t>
+    <t>caduta massi</t>
   </si>
   <si>
-    <t>diverse</t>
+    <t>diverse cause</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Holzernte</t>
+    <t>raccolta del legname</t>
   </si>
   <si>
-    <t>andere menschliche Tätigkeit</t>
+    <t>altra attività umana</t>
   </si>
   <si>
-    <t>Witterung</t>
+    <t>intemperie</t>
   </si>
   <si>
-    <t>liegende lebende Bäume</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>tote Bäume</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306885/488635</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 200 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Ursache von Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in zehn Klassen. Acht dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD und je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -842,52 +842,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -12667,51 +12667,51 @@
         <v>29</v>
       </c>
       <c r="AD132" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE132" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AF132" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306885/488635</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12727,261 +12727,261 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
+            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="154" spans="1:32">
       <c r="A154" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="155" spans="1:32" customHeight="1" ht="29">
       <c r="A155" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>