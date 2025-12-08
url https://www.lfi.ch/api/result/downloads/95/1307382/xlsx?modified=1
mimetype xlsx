--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...50 lines deleted...]
-    <t>Mio kg</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307382/489132</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,80 +739,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1778,51 +1778,51 @@
         <v>253</v>
       </c>
       <c r="AC20" s="6">
         <v>14</v>
       </c>
       <c r="AD20" s="6">
         <v>5001</v>
       </c>
       <c r="AE20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307382/489132</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>