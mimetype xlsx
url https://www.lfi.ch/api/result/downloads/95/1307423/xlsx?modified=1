--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,448 +14,448 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems (standing living trees) with microhabitat</t>
+    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
   </si>
   <si>
-    <t>diameter at breast height (in 20 cm classes) · microhabitats (20 classes)</t>
+    <t>diametro a petto d'uomo (classi di 20 cm) · microhabitat (20 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>biogeographical region</t>
+    <t>regione biogeografica</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Northern Alps</t>
+    <t>Versante nord delle Alpi</t>
   </si>
   <si>
-    <t>Western Central-Alps</t>
+    <t>Alpi centrali occidentali</t>
   </si>
   <si>
-    <t>Eastern Central-Alps</t>
+    <t>Alpi centrali orientali</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Versante sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
-    <t>microhabitats (20 classes)</t>
+    <t>microhabitat (20 classi)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>woodpecker breeding cavity</t>
+    <t>cavità di nidificazione di picidi</t>
   </si>
   <si>
-    <t>cavity (&lt;5 cm depth)</t>
+    <t>cavità superficiale (&lt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>cavity (&gt;5 cm depth)</t>
+    <t>cavità (&gt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>damage from insects</t>
+    <t>danni da insetti</t>
   </si>
   <si>
-    <t>dendrotelm</t>
+    <t>dendrotelma</t>
   </si>
   <si>
-    <t>buttress-root concavity</t>
+    <t>cavità nei contrafforti radicali</t>
   </si>
   <si>
-    <t>bark loss</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>fire scar</t>
+    <t>lesione da fuoco</t>
   </si>
   <si>
-    <t>bark shelter/pocket</t>
+    <t>tasca nella corteccia</t>
   </si>
   <si>
-    <t>fresh stem/large branch breakage</t>
+    <t>fusto spezzato fresco</t>
   </si>
   <si>
-    <t>broad crack</t>
+    <t>fessura larga</t>
   </si>
   <si>
-    <t>crown deadwood</t>
+    <t>legno morto nella chioma</t>
   </si>
   <si>
-    <t>canker or burrs</t>
+    <t>cancro o tumore</t>
   </si>
   <si>
-    <t>perennial fungal fruiting body</t>
+    <t>corpo fruttifero di fungini perenni</t>
   </si>
   <si>
-    <t>ephemeral fungal fruiting body</t>
+    <t>corpo fruttifero di funghi effimeri</t>
   </si>
   <si>
-    <t>bryophytes &gt;10%</t>
+    <t>muschi &gt;10%</t>
   </si>
   <si>
-    <t>lichens &gt;10%</t>
+    <t>licheni &gt;10%</t>
   </si>
   <si>
-    <t>ivy &gt;10%</t>
+    <t>edera &gt;10%</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t xml:space="preserve">colata di resina </t>
   </si>
   <si>
-    <t>other microhabitats</t>
+    <t>altri microhabitat</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307423/489173</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitats (20 classes)</t>
+      <t xml:space="preserve">microhabitat (20 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -807,52 +807,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -8386,270 +8386,270 @@
         <v>21</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O166" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P166" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="21.75">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307423/489173</t>
           </r>
         </is>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
       <c r="M167" s="3"/>
       <c r="N167" s="3"/>
       <c r="O167" s="3"/>
       <c r="P167" s="3"/>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="29">
       <c r="A171" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="29">
       <c r="A174" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitats (20 classes)</t>
+            <t xml:space="preserve">microhabitat (20 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="29">
       <c r="A177" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="29">
       <c r="A180" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="29">
       <c r="A183" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="29">
       <c r="A186" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>