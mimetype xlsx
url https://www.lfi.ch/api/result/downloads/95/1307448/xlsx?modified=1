--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di microhabitat sugli alberi vivi in piedi</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307448/489198</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>403</v>
       </c>
       <c r="M19" s="6">
         <v>4</v>
       </c>
       <c r="N19" s="6">
         <v>347</v>
       </c>
       <c r="O19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307448/489198</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>