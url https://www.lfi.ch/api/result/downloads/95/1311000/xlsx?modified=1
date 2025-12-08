--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 Stämme/ha</t>
-[...26 lines deleted...]
-    <t>ausserhalb</t>
+    <t>0-100 stems/ha</t>
+  </si>
+  <si>
+    <t>101-200 stems/ha</t>
+  </si>
+  <si>
+    <t>201-300 stems/ha</t>
+  </si>
+  <si>
+    <t>301-400 stems/ha</t>
+  </si>
+  <si>
+    <t>401-500 stems/ha</t>
+  </si>
+  <si>
+    <t>501-600 stems/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 stems/ha</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1311000/492750</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+      <t xml:space="preserve">number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1925</t>
     </r>
   </si>
   <si>
-    <t>Zahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare, eingeteilt in 100er-Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in classes of 100. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4532,51 +4532,51 @@
         <v>120.7</v>
       </c>
       <c r="AD48" s="6">
         <v>3</v>
       </c>
       <c r="AE48" s="6">
         <v>1049.5</v>
       </c>
       <c r="AF48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1311000/492750</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -4592,226 +4592,226 @@
       <c r="V49" s="3"/>
       <c r="W49" s="3"/>
       <c r="X49" s="3"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+            <t xml:space="preserve">number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1925</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>