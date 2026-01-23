--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 Stämme/ha</t>
-[...26 lines deleted...]
-    <t>ausserhalb</t>
+    <t>0-100 fusti/ha</t>
+  </si>
+  <si>
+    <t>101-200 fusti/ha</t>
+  </si>
+  <si>
+    <t>201-300 fusti/ha</t>
+  </si>
+  <si>
+    <t>301-400 fusti/ha</t>
+  </si>
+  <si>
+    <t>401-500 fusti/ha</t>
+  </si>
+  <si>
+    <t>501-600 fusti/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 fusti/ha</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1311617/493367</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+      <t xml:space="preserve">numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1925</t>
     </r>
   </si>
   <si>
-    <t>Zahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare, eingeteilt in 100er-Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Numero per ettaro di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in classi da 100. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1311617/493367</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
+            <t xml:space="preserve">numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1925</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>