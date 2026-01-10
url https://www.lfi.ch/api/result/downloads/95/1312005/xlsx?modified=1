--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022) · Schlussgrad</t>
+    <t>bosco di protezione contro valanghe (2022) · grado di chiusura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,302 +172,302 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022)</t>
+    <t>bosco di protezione contro valanghe (2022)</t>
   </si>
   <si>
-    <t>Schlussgrad</t>
+    <t>grado di chiusura</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>gedrängt</t>
+    <t>stracolmo</t>
   </si>
   <si>
-    <t>normal</t>
+    <t>normale</t>
   </si>
   <si>
-    <t>locker</t>
+    <t>leggero</t>
   </si>
   <si>
-    <t>räumig</t>
+    <t>aperto</t>
   </si>
   <si>
-    <t>aufgelöst</t>
+    <t>rado</t>
   </si>
   <si>
-    <t xml:space="preserve">gruppiert  gedrängt </t>
+    <t>stracolmo per gruppi</t>
   </si>
   <si>
-    <t xml:space="preserve">gruppiert  normal </t>
+    <t>normale per gruppi</t>
   </si>
   <si>
-    <t>Stufenschluss</t>
+    <t>chiusura verticale</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>innerhalb</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>ausserhalb</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1312005/493755</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schlussgrad</t>
+      <t xml:space="preserve">grado di chiusura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #385</t>
     </r>
   </si>
   <si>
-    <t>Mass der gegenseitigen Bedrängung der Baumkronen in einem Bestand. Grundlage: Feldaufnahme (MID 266: Schlussgrad)</t>
+    <t>Misura della concorrenza reciproca delle chiome in un popolamento. Fonte: rilievo sul terreno (MID 266: Schlussgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,51 +819,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
@@ -7746,51 +7746,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ52" s="6">
         <v>7</v>
       </c>
       <c r="BA52" s="6">
         <v>1211.5</v>
       </c>
       <c r="BB52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1312005/493755</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -7828,226 +7828,226 @@
       <c r="AR53" s="3"/>
       <c r="AS53" s="3"/>
       <c r="AT53" s="3"/>
       <c r="AU53" s="3"/>
       <c r="AV53" s="3"/>
       <c r="AW53" s="3"/>
       <c r="AX53" s="3"/>
       <c r="AY53" s="3"/>
       <c r="AZ53" s="3"/>
       <c r="BA53" s="3"/>
       <c r="BB53" s="3"/>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:54">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schlussgrad</t>
+            <t xml:space="preserve">grado di chiusura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #385</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:54" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:54">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:54" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:54">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="71" spans="1:54">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:54" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>