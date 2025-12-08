--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart Spazieren</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · recreation type 'walking'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...29 lines deleted...]
-    <t>Erholungsart Spazieren</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>recreation type 'walking'</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1312094/493844</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart Spazieren</t>
+      <t xml:space="preserve">recreation type 'walking'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #512</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «Spazieren» im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use 'walking' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1312094/493844</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart Spazieren</t>
+            <t xml:space="preserve">recreation type 'walking'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #512</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>