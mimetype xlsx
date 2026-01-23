--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>type de forêt (3 classes) · activité récréative: VTT</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · recreation type 'mountain biking'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2009/17</t>
-[...29 lines deleted...]
-    <t>activité récréative: VTT</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>recreation type 'mountain biking'</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>oui</t>
-[...2 lines deleted...]
-    <t>non</t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>no</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>forêt accessible sans la forêt buissonnante</t>
-[...5 lines deleted...]
-    <t>forêt buissonnante</t>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1312262/494012</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type de forêt (3 classes)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>En fonction de la décision pour délimiter la forêt et les surfaces hors forêt, ainsi que de l'accessibilité, répartition des forêts dans les trois classes «forêt accessible sans la forêt buissonnante», «forêt inaccessible sans la forêt buissonnante» et «forêt buissonnante».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">activité récréative: VTT</t>
+      <t xml:space="preserve">recreation type 'mountain biking'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #516</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans l'activité récréative «VTT» (y compris vélo cross) dans un rayon de 100 m autour du centre de la placette d'échantillonnage. Les types d'activités récréatives sont relevés à partir d'une fréquentation de 10 personnes par an. Source: enquête auprès des services forestiers (MID 329: Type d'utilisation récréative actuelle)</t>
+    <t>Sample plots with/without current recreational use 'mountain biking' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1312262/494012</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type de forêt (3 classes)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">activité récréative: VTT</t>
+            <t xml:space="preserve">recreation type 'mountain biking'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #516</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>