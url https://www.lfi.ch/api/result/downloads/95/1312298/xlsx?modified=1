--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'mountain biking'</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Erholungsart Biken</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...53 lines deleted...]
-    <t>recreation type 'mountain biking'</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Erholungsart Biken</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
-[...14 lines deleted...]
-    <t>shrub forest</t>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1312298/494048</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'mountain biking'</t>
+      <t xml:space="preserve">Erholungsart Biken</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #516</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'mountain biking' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen mit/ohne Erholungsart «Biken» (d.h. Mountain-Biken, Cross-Biken) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1312298/494048</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'mountain biking'</t>
+            <t xml:space="preserve">Erholungsart Biken</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #516</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>