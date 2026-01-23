--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'mountain biking'</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Erholungsart Biken</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>recreation type 'mountain biking'</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Erholungsart Biken</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
-[...14 lines deleted...]
-    <t>shrub forest</t>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1312316/494066</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'mountain biking'</t>
+      <t xml:space="preserve">Erholungsart Biken</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #516</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'mountain biking' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen mit/ohne Erholungsart «Biken» (d.h. Mountain-Biken, Cross-Biken) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1312316/494066</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'mountain biking'</t>
+            <t xml:space="preserve">Erholungsart Biken</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #516</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>