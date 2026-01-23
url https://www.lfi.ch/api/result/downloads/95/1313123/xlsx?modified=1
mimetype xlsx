--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>indicator of groundwater protection zones (2022) · proportion of conifers in basal area (standing-living; 4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>indicateur de zone de protection des eaux souterraines (2022) · proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...14 lines deleted...]
-    <t>proportion of conifers in basal area (standing-living; 4 classes)</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>indicateur de zone de protection des eaux souterraines (2022)</t>
+  </si>
+  <si>
+    <t>proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-50%</t>
   </si>
   <si>
     <t>51-90%</t>
   </si>
   <si>
     <t>91-100%</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>no groundwater protection zone</t>
-[...2 lines deleted...]
-    <t>groundwater protection zone</t>
+    <t>pas de zone de protection des eaux souterraines</t>
+  </si>
+  <si>
+    <t>zone de protection des eaux souterraines</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1313123/494873</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+      <t xml:space="preserve">indicateur de zone de protection des eaux souterraines (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
+    <t>Situation à l'intérieur/à l'extérieur d'une zone de protection des eaux souterraines. Les zones de protection des eaux souterraines sont délimitées par les cantons autour des captages des eaux souterraines et des installations d'enrichissement des eaux souterraines d'intérêt public et servent à protéger l'eau potable. La variable d'indicateur regroupe en une seule classe les différentes catégories de zones de protection en vigueur depuis 2016 conformément à l'art. 121 de l'ordonnance sur la protection des eaux (RS 814.201). État des données: 8.7.2022 (téléchargement sur geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of conifers in basal area (standing-living; 4 classes)</t>
+      <t xml:space="preserve">proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1928</t>
     </r>
   </si>
   <si>
-    <t>Proportion of conifers in the basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Proportion de résineux dans la surface terrière des arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP), en quatre classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="79.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="89.407" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1922,268 +1922,268 @@
         <v>158.8</v>
       </c>
       <c r="L36" s="6">
         <v>2</v>
       </c>
       <c r="M36" s="6">
         <v>1211.5</v>
       </c>
       <c r="N36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1313123/494873</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+            <t xml:space="preserve">indicateur de zone de protection des eaux souterraines (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:14" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of conifers in basal area (standing-living; 4 classes)</t>
+            <t xml:space="preserve">proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1928</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:14" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:14" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>