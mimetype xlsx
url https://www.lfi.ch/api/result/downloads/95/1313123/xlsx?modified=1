--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>indicateur de zone de protection des eaux souterraines (2022) · proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Indikator Grundwasserschutzzone (2022) · Basalflächenanteil der Nadelbäume (stehend-lebend; 4 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Indikator Grundwasserschutzzone (2022)</t>
+  </si>
+  <si>
+    <t>Basalflächenanteil der Nadelbäume (stehend-lebend; 4 Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-10%</t>
   </si>
   <si>
     <t>11-50%</t>
   </si>
   <si>
     <t>51-90%</t>
   </si>
   <si>
     <t>91-100%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>zone de protection des eaux souterraines</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1313123/494873</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicateur de zone de protection des eaux souterraines (2022)</t>
+      <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Situation à l'intérieur/à l'extérieur d'une zone de protection des eaux souterraines. Les zones de protection des eaux souterraines sont délimitées par les cantons autour des captages des eaux souterraines et des installations d'enrichissement des eaux souterraines d'intérêt public et servent à protéger l'eau potable. La variable d'indicateur regroupe en une seule classe les différentes catégories de zones de protection en vigueur depuis 2016 conformément à l'art. 121 de l'ordonnance sur la protection des eaux (RS 814.201). État des données: 8.7.2022 (téléchargement sur geodienste.ch).</t>
+    <t>Lage innerhalb/ausserhalb einer Grundwasserschutzzone. Die Grundwasserschutzzonen werden von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden und dienen dem Schutz des Trinkwassers. Die Indikatorvariable fasst die verschiedenen seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) zu einer Klasse zusammen. Stand der Daten: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
+      <t xml:space="preserve">Basalflächenanteil der Nadelbäume (stehend-lebend; 4 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1928</t>
     </r>
   </si>
   <si>
-    <t>Proportion de résineux dans la surface terrière des arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP), en quatre classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Anteil der Nadelbäume an der Basalfläche der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in vier Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="89.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1922,268 +1922,268 @@
         <v>158.8</v>
       </c>
       <c r="L36" s="6">
         <v>2</v>
       </c>
       <c r="M36" s="6">
         <v>1211.5</v>
       </c>
       <c r="N36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1313123/494873</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicateur de zone de protection des eaux souterraines (2022)</t>
+            <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:14" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de la surface terrière des résineux (vifs sur pied; 4 classes)</t>
+            <t xml:space="preserve">Basalflächenanteil der Nadelbäume (stehend-lebend; 4 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1928</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:14" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:14" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>