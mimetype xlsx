--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Erholung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'recreation'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1314783/496533</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Erholung</t>
+      <t xml:space="preserve">forest function 'recreation'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #471</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Erholung» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'recreation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>152.5</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1176.4</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1314783/496533</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Erholung</t>
+            <t xml:space="preserve">forest function 'recreation'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #471</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>