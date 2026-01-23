--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>logging system</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Art der Holzhauerei</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>axe, hand saw</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Axt, Handsäge</t>
+  </si>
+  <si>
+    <t>Motorsäge</t>
+  </si>
+  <si>
+    <t>Motorsäge, dann Prozessor</t>
+  </si>
+  <si>
+    <t>Schreitvollernter</t>
+  </si>
+  <si>
+    <t>Motorsäge, dann Hacker</t>
+  </si>
+  <si>
+    <t>Feller-Buncher, dann Hacker</t>
+  </si>
+  <si>
+    <t>Motorsäge, dann Kombiseil</t>
+  </si>
+  <si>
+    <t>Motorsäge, dann Helikopter</t>
+  </si>
+  <si>
+    <t>andere</t>
+  </si>
+  <si>
+    <t>Radvollernter ohne Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Radvollernter mit Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Raupenvollernter ohne Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Raupenvollernter mit Traktionshilfswinde</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1315110/496860</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">logging system</t>
+      <t xml:space="preserve">Art der Holzhauerei</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #597</t>
     </r>
   </si>
   <si>
-    <t>Machines or tools used for felling and processing the trees. If an intervention has taken place since the last Inventory, the data is based on the means actually used. If no intervention has taken place, it is based on the means that would have been used in the case of an intervention at the time of the current Inventory, according to the district forester's assessment. Reference: Forest Service Survey (MID 352: Art der Holzernte)</t>
+    <t>Maschinen oder Werkzeuge, die für das Fällen und Aufarbeiten der Bäume (=Holzhauerei) eingesetzt werden. Fand seit der letzten Inventur ein Eingriff statt, beruht die Angabe auf den tatsächlich eingesetzten Mitteln, erfolgte dagegen kein Eingriff, beruht sie auf den Mitteln, die gemäss Einschätzung des/der Revierförsters/-in bei einem Eingriff zum Zeitpunkt der aktuellen Inventur eingesetzt worden wären. Grundlage: Forstdienstbefragung (MID 352: Art der Holzernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6">
         <v>100.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1315110/496860</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">logging system</t>
+            <t xml:space="preserve">Art der Holzhauerei</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #597</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>