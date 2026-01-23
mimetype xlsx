--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Art der Holzhauerei</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>metodo di taglio del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Axt, Handsäge</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>acetta, sega a mano</t>
+  </si>
+  <si>
+    <t>motosega</t>
+  </si>
+  <si>
+    <t>motosega e processore</t>
+  </si>
+  <si>
+    <t>allestitrice e raccoglitrice articolata</t>
+  </si>
+  <si>
+    <t>motosega e cippatrice</t>
+  </si>
+  <si>
+    <t>Feller-Buncher e cippatrice</t>
+  </si>
+  <si>
+    <t>motosega e teleferica combinata</t>
+  </si>
+  <si>
+    <t>motosega ed elicottero</t>
+  </si>
+  <si>
+    <t>altre</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su ruote, senza verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su ruote, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su cingoli, senza verric. di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su cingoli, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1315302/497052</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art der Holzhauerei</t>
+      <t xml:space="preserve">metodo di taglio del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #597</t>
     </r>
   </si>
   <si>
-    <t>Maschinen oder Werkzeuge, die für das Fällen und Aufarbeiten der Bäume (=Holzhauerei) eingesetzt werden. Fand seit der letzten Inventur ein Eingriff statt, beruht die Angabe auf den tatsächlich eingesetzten Mitteln, erfolgte dagegen kein Eingriff, beruht sie auf den Mitteln, die gemäss Einschätzung des/der Revierförsters/-in bei einem Eingriff zum Zeitpunkt der aktuellen Inventur eingesetzt worden wären. Grundlage: Forstdienstbefragung (MID 352: Art der Holzernte)</t>
+    <t>Macchine o attrezzature utilizzate per l'abbattimento e l'allestimento degli alberi (=raccolta del legname). Se è stato effettuato un intervento dall'ultimo inventario, l'informazione si basa sul metodo effettivamente utilizzato; se non è stato effettuato alcun intervento, ci si basa sul metodo che sarebbe stato utilizzato al momento dell'inventario attuale in base alla valutazione del forestale locale. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Baumernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>152.5</v>
       </c>
       <c r="M27" s="6">
         <v>2</v>
       </c>
       <c r="N27" s="6">
         <v>1176.4</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1315302/497052</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art der Holzhauerei</t>
+            <t xml:space="preserve">metodo di taglio del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #597</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>