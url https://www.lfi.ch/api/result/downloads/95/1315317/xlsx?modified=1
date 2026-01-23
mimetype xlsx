--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>logging system</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>metodo di taglio del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>axe, hand saw</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>acetta, sega a mano</t>
+  </si>
+  <si>
+    <t>motosega</t>
+  </si>
+  <si>
+    <t>motosega e processore</t>
+  </si>
+  <si>
+    <t>allestitrice e raccoglitrice articolata</t>
+  </si>
+  <si>
+    <t>motosega e cippatrice</t>
+  </si>
+  <si>
+    <t>Feller-Buncher e cippatrice</t>
+  </si>
+  <si>
+    <t>motosega e teleferica combinata</t>
+  </si>
+  <si>
+    <t>motosega ed elicottero</t>
+  </si>
+  <si>
+    <t>altre</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su ruote, senza verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su ruote, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su cingoli, senza verric. di traz. aus.</t>
+  </si>
+  <si>
+    <t>allesti-/raccoglitrice su cingoli, con verricello di traz. aus.</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1315317/497067</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">logging system</t>
+      <t xml:space="preserve">metodo di taglio del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #597</t>
     </r>
   </si>
   <si>
-    <t>Machines or tools used for felling and processing the trees. If an intervention has taken place since the last Inventory, the data is based on the means actually used. If no intervention has taken place, it is based on the means that would have been used in the case of an intervention at the time of the current Inventory, according to the district forester's assessment. Reference: Forest Service Survey (MID 352: Art der Holzernte)</t>
+    <t>Macchine o attrezzature utilizzate per l'abbattimento e l'allestimento degli alberi (=raccolta del legname). Se è stato effettuato un intervento dall'ultimo inventario, l'informazione si basa sul metodo effettivamente utilizzato; se non è stato effettuato alcun intervento, ci si basa sul metodo che sarebbe stato utilizzato al momento dell'inventario attuale in base alla valutazione del forestale locale. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Baumernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>158.8</v>
       </c>
       <c r="AC27" s="6">
         <v>2</v>
       </c>
       <c r="AD27" s="6">
         <v>1211.5</v>
       </c>
       <c r="AE27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1315317/497067</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">logging system</t>
+            <t xml:space="preserve">metodo di taglio del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #597</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>