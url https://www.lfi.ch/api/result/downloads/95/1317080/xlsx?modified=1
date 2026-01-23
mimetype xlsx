--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of alien woody species (neophytes; 2 classes; from NFI3 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dominanza di specie esotiche (neofite; 2 classi, a partire dall'IFN3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by alien woody species</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>non dominato da specie legnose esotiche</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dominato da specie legnose esotiche </t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317080/498830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of alien woody species (neophytes; 2 classes; from NFI3 on)</t>
+      <t xml:space="preserve">dominanza di specie esotiche (neofite; 2 classi, a partire dall'IFN3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327</t>
     </r>
   </si>
   <si>
-    <t>Indication of whether alien woody species (tree or shrub neophytes) ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock – in two classes. Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indicazione, se le specie esotiche (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, in due classi. Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1837,51 +1837,51 @@
         <v>50.2</v>
       </c>
       <c r="AY16" s="6">
         <v>7</v>
       </c>
       <c r="AZ16" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317080/498830</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of alien woody species (neophytes; 2 classes; from NFI3 on)</t>
+            <t xml:space="preserve">dominanza di specie esotiche (neofite; 2 classi, a partire dall'IFN3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>