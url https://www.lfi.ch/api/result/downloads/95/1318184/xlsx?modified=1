--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI2</t>
-[...5 lines deleted...]
-    <t>Ast- und Holzhaufen</t>
+    <t>NFI2</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>pile of branches and wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1993/95</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1318184/499934</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ast- und Holzhaufen</t>
+      <t xml:space="preserve">pile of branches and wood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #457</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit keiner oder mit mindestens einer kompakten Holzansammlung von mindestens 30 cm Höhe und 3 m² Fläche auf der Interpretationsfläche (50 × 50 m), die nach der Holzernte im Bestand zurückgelassen wurde. Grundlage: Feldaufnahme (MID 209: Asthaufen)</t>
+    <t>Sample plots with either no wood pile or with at least one compact wood pile ≥30 cm in height and 3 m² in area on the interpretation area (50 × 50 m) left in the stand after harvesting. Reference: Field Survey (MID 209: Asthaufen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1318184/499934</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ast- und Holzhaufen</t>
+            <t xml:space="preserve">pile of branches and wood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #457</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>