--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,427 +14,427 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area according to forest function divided by forest area</t>
+  </si>
+  <si>
+    <t>forest function</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine spezielle Waldfunktion</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>no special forest function</t>
+  </si>
+  <si>
+    <t>timber production</t>
+  </si>
+  <si>
+    <t>agricultural use</t>
+  </si>
+  <si>
+    <t>windbreak</t>
+  </si>
+  <si>
+    <t>drinking-water protection</t>
+  </si>
+  <si>
+    <t>protection against natural hazards</t>
+  </si>
+  <si>
+    <t>nature conservation</t>
+  </si>
+  <si>
+    <t>landscape protection</t>
+  </si>
+  <si>
+    <t>game protection</t>
+  </si>
+  <si>
+    <t>recreation</t>
+  </si>
+  <si>
+    <t>military</t>
+  </si>
+  <si>
+    <t>carbon sink</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1318275/500025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche nach Waldfunktion</t>
+      <t xml:space="preserve">forest area according to forest function</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #262</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche, aufgegliedert nach ihren Funktionen (inkl. «keine spezielle Waldfunktion»), wie sie im Rahmen der Forstdienstbefragung ermittelt wird. Ein Waldgebiet kann gleichzeitig mehrere Waldfunktionen erfüllen. Damit kann es zur Waldfläche mehrerer Waldfunktionen beitragen.</t>
+    <t>Forest area classified according to its functions (including "no special forest function"), as determined in the interview survey with the local forest services. A forest area can fulfil several forest functions at the same time, and can thus contribute to the forest area of several forest functions.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion</t>
+      <t xml:space="preserve">forest function</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2004</t>
     </r>
   </si>
   <si>
-    <t>Waldfunktionen mit erheblicher lokaler Bedeutung gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Es sind gleichzeitig mehrere Waldfunktionen von erheblicher lokaler Bedeutung möglich. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Forest functions of considerable local importance according to forest plans or an assessment by the local forest service. It's possible for there to be several forest functions of considerable local importance at the same time. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,51 +786,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2395,51 +2395,51 @@
         <v>27</v>
       </c>
       <c r="AC26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE26" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1318275/500025</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2455,226 +2455,226 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche nach Waldfunktion</t>
+            <t xml:space="preserve">forest area according to forest function</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #262</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion</t>
+            <t xml:space="preserve">forest function</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2004</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:31">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:31" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>