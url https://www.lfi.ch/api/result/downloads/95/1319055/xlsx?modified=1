--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl</t>
+    <t>total number of stems</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen) · Brusthöhendurchmesser (10 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes) · diameter at breast height (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diameter at breast height (10 classes)</t>
   </si>
   <si>
-    <t>Stk./ha</t>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>montan</t>
+    <t>montane</t>
   </si>
   <si>
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>hyperinsubric, colline, submontane</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1319055/500805</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,81 +795,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="A5" t="s">
@@ -6850,51 +6850,51 @@
         <v>593</v>
       </c>
       <c r="AD72" s="6">
         <v>4</v>
       </c>
       <c r="AE72" s="6">
         <v>476</v>
       </c>
       <c r="AF72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1319055/500805</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6910,226 +6910,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>