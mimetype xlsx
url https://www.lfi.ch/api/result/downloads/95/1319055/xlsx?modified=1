--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems</t>
+    <t>numero totale di fusti</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS, 3 classes) · diameter at breast height (10 classes)</t>
+    <t>fasce vegetazionali NaiS (3 classi) · diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
+    <t>fasce vegetazionali NaiS (3 classi)</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpino</t>
   </si>
   <si>
-    <t>montane</t>
+    <t>montano</t>
   </si>
   <si>
-    <t>hyperinsubric, colline, submontane</t>
+    <t>iperinsubrica, collinare e submontana</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1319055/500805</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,52 +795,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -6850,51 +6850,51 @@
         <v>593</v>
       </c>
       <c r="AD72" s="6">
         <v>4</v>
       </c>
       <c r="AE72" s="6">
         <v>476</v>
       </c>
       <c r="AF72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1319055/500805</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6910,226 +6910,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>