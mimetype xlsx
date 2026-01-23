--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero totale di fusti</t>
+    <t>total number of stems</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (3 classi) · diametro a petto d'uomo (10 classi)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes) · diameter at breast height (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (3 classi)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi)</t>
+    <t>diameter at breast height (10 classes)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>subalpino</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>montano</t>
+    <t>montane</t>
   </si>
   <si>
-    <t>iperinsubrica, collinare e submontana</t>
+    <t>hyperinsubric, colline, submontane</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1319065/500815</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,52 +795,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -6850,51 +6850,51 @@
         <v>545</v>
       </c>
       <c r="AD72" s="6">
         <v>4</v>
       </c>
       <c r="AE72" s="6">
         <v>466</v>
       </c>
       <c r="AF72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1319065/500815</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6910,226 +6910,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>