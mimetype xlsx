--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl</t>
+    <t>total number of stems</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen) · Brusthöhendurchmesser (10 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes) · diameter at breast height (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diameter at breast height (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>montan</t>
+    <t>montane</t>
   </si>
   <si>
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>hyperinsubric, colline, submontane</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1319287/501037</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,52 +795,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6850,51 +6850,51 @@
         <v>100.0</v>
       </c>
       <c r="AD72" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE72" s="6">
         <v>100.0</v>
       </c>
       <c r="AF72" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1319287/501037</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6910,226 +6910,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>